--- v0 (2025-10-14)
+++ v1 (2026-02-13)
@@ -1974,1119 +1974,1139 @@
       </c>
       <c r="B76" t="s">
         <v>7</v>
       </c>
       <c r="C76" t="s">
         <v>17</v>
       </c>
       <c r="D76" s="2">
         <v>44926</v>
       </c>
       <c r="E76" s="3">
         <v>2022</v>
       </c>
       <c r="F76">
         <v>11</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="s">
         <v>6</v>
       </c>
       <c r="B77" t="s">
         <v>7</v>
       </c>
       <c r="C77" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="D77" s="2">
-        <v>43100</v>
+        <v>46022</v>
       </c>
       <c r="E77" s="3">
-        <v>2017</v>
+        <v>2025</v>
       </c>
       <c r="F77">
-        <v>12</v>
+        <v>10</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="s">
         <v>6</v>
       </c>
       <c r="B78" t="s">
         <v>7</v>
       </c>
       <c r="C78" t="s">
         <v>18</v>
       </c>
       <c r="D78" s="2">
-        <v>45291</v>
+        <v>43100</v>
       </c>
       <c r="E78" s="3">
-        <v>2023</v>
+        <v>2017</v>
       </c>
       <c r="F78">
-        <v>10</v>
+        <v>12</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="s">
         <v>6</v>
       </c>
       <c r="B79" t="s">
         <v>7</v>
       </c>
       <c r="C79" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="D79" s="2">
-        <v>35430</v>
+        <v>45291</v>
       </c>
       <c r="E79" s="3">
-        <v>1996</v>
+        <v>2023</v>
       </c>
       <c r="F79">
-        <v>5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="s">
         <v>6</v>
       </c>
       <c r="B80" t="s">
         <v>7</v>
       </c>
       <c r="C80" t="s">
         <v>19</v>
       </c>
       <c r="D80" s="2">
-        <v>40543</v>
+        <v>35430</v>
       </c>
       <c r="E80" s="3">
-        <v>2010</v>
+        <v>1996</v>
       </c>
       <c r="F80">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="s">
         <v>6</v>
       </c>
       <c r="B81" t="s">
         <v>7</v>
       </c>
       <c r="C81" t="s">
         <v>19</v>
       </c>
       <c r="D81" s="2">
-        <v>42004</v>
+        <v>40543</v>
       </c>
       <c r="E81" s="3">
-        <v>2014</v>
+        <v>2010</v>
       </c>
       <c r="F81">
         <v>4</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="s">
         <v>6</v>
       </c>
       <c r="B82" t="s">
         <v>7</v>
       </c>
       <c r="C82" t="s">
         <v>19</v>
       </c>
       <c r="D82" s="2">
-        <v>42735</v>
+        <v>42004</v>
       </c>
       <c r="E82" s="3">
-        <v>2016</v>
+        <v>2014</v>
       </c>
       <c r="F82">
         <v>4</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="s">
         <v>6</v>
       </c>
       <c r="B83" t="s">
         <v>7</v>
       </c>
       <c r="C83" t="s">
         <v>19</v>
       </c>
       <c r="D83" s="2">
-        <v>44048</v>
+        <v>42735</v>
       </c>
       <c r="E83" s="3">
-        <v>2020</v>
+        <v>2016</v>
       </c>
       <c r="F83">
         <v>4</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="s">
         <v>6</v>
       </c>
       <c r="B84" t="s">
         <v>7</v>
       </c>
       <c r="C84" t="s">
         <v>19</v>
       </c>
       <c r="D84" s="2">
-        <v>44196</v>
+        <v>44048</v>
       </c>
       <c r="E84" s="3">
         <v>2020</v>
       </c>
       <c r="F84">
         <v>4</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="s">
         <v>6</v>
       </c>
       <c r="B85" t="s">
         <v>7</v>
       </c>
       <c r="C85" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="D85" s="2">
-        <v>45291</v>
+        <v>44196</v>
       </c>
       <c r="E85" s="3">
-        <v>2023</v>
+        <v>2020</v>
       </c>
       <c r="F85">
-        <v>7</v>
+        <v>4</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="s">
         <v>6</v>
       </c>
       <c r="B86" t="s">
         <v>7</v>
       </c>
       <c r="C86" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="D86" s="2">
-        <v>36160</v>
+        <v>45291</v>
       </c>
       <c r="E86" s="3">
-        <v>1998</v>
+        <v>2023</v>
       </c>
       <c r="F86">
-        <v>4</v>
+        <v>7</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="s">
         <v>6</v>
       </c>
       <c r="B87" t="s">
         <v>7</v>
       </c>
       <c r="C87" t="s">
         <v>21</v>
       </c>
       <c r="D87" s="2">
-        <v>36525</v>
+        <v>36160</v>
       </c>
       <c r="E87" s="3">
-        <v>1999</v>
+        <v>1998</v>
       </c>
       <c r="F87">
-        <v>5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="s">
         <v>6</v>
       </c>
       <c r="B88" t="s">
         <v>7</v>
       </c>
       <c r="C88" t="s">
         <v>21</v>
       </c>
       <c r="D88" s="2">
-        <v>36891</v>
+        <v>36525</v>
       </c>
       <c r="E88" s="3">
-        <v>2000</v>
+        <v>1999</v>
       </c>
       <c r="F88">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="s">
         <v>6</v>
       </c>
       <c r="B89" t="s">
         <v>7</v>
       </c>
       <c r="C89" t="s">
         <v>21</v>
       </c>
       <c r="D89" s="2">
-        <v>37256</v>
+        <v>36891</v>
       </c>
       <c r="E89" s="3">
-        <v>2001</v>
+        <v>2000</v>
       </c>
       <c r="F89">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="s">
         <v>6</v>
       </c>
       <c r="B90" t="s">
         <v>7</v>
       </c>
       <c r="C90" t="s">
         <v>21</v>
       </c>
       <c r="D90" s="2">
-        <v>37621</v>
+        <v>37256</v>
       </c>
       <c r="E90" s="3">
-        <v>2002</v>
+        <v>2001</v>
       </c>
       <c r="F90">
         <v>4</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="s">
         <v>6</v>
       </c>
       <c r="B91" t="s">
         <v>7</v>
       </c>
       <c r="C91" t="s">
         <v>21</v>
       </c>
       <c r="D91" s="2">
-        <v>37986</v>
+        <v>37621</v>
       </c>
       <c r="E91" s="3">
-        <v>2003</v>
+        <v>2002</v>
       </c>
       <c r="F91">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="s">
         <v>6</v>
       </c>
       <c r="B92" t="s">
         <v>7</v>
       </c>
       <c r="C92" t="s">
         <v>21</v>
       </c>
       <c r="D92" s="2">
-        <v>38352</v>
+        <v>37986</v>
       </c>
       <c r="E92" s="3">
-        <v>2004</v>
+        <v>2003</v>
       </c>
       <c r="F92">
-        <v>5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="s">
         <v>6</v>
       </c>
       <c r="B93" t="s">
         <v>7</v>
       </c>
       <c r="C93" t="s">
         <v>21</v>
       </c>
       <c r="D93" s="2">
-        <v>38717</v>
+        <v>38352</v>
       </c>
       <c r="E93" s="3">
-        <v>2005</v>
+        <v>2004</v>
       </c>
       <c r="F93">
         <v>5</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="s">
         <v>6</v>
       </c>
       <c r="B94" t="s">
         <v>7</v>
       </c>
       <c r="C94" t="s">
         <v>21</v>
       </c>
       <c r="D94" s="2">
-        <v>39082</v>
+        <v>38717</v>
       </c>
       <c r="E94" s="3">
-        <v>2006</v>
+        <v>2005</v>
       </c>
       <c r="F94">
         <v>5</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="s">
         <v>6</v>
       </c>
       <c r="B95" t="s">
         <v>7</v>
       </c>
       <c r="C95" t="s">
         <v>21</v>
       </c>
       <c r="D95" s="2">
-        <v>39447</v>
+        <v>39082</v>
       </c>
       <c r="E95" s="3">
-        <v>2007</v>
+        <v>2006</v>
       </c>
       <c r="F95">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="s">
         <v>6</v>
       </c>
       <c r="B96" t="s">
         <v>7</v>
       </c>
       <c r="C96" t="s">
         <v>21</v>
       </c>
       <c r="D96" s="2">
-        <v>39813</v>
+        <v>39447</v>
       </c>
       <c r="E96" s="3">
-        <v>2008</v>
+        <v>2007</v>
       </c>
       <c r="F96">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="s">
         <v>6</v>
       </c>
       <c r="B97" t="s">
         <v>7</v>
       </c>
       <c r="C97" t="s">
         <v>21</v>
       </c>
       <c r="D97" s="2">
-        <v>40178</v>
+        <v>39813</v>
       </c>
       <c r="E97" s="3">
-        <v>2009</v>
+        <v>2008</v>
       </c>
       <c r="F97">
-        <v>7</v>
+        <v>6</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="s">
         <v>6</v>
       </c>
       <c r="B98" t="s">
         <v>7</v>
       </c>
       <c r="C98" t="s">
         <v>21</v>
       </c>
       <c r="D98" s="2">
-        <v>40908</v>
+        <v>40178</v>
       </c>
       <c r="E98" s="3">
-        <v>2011</v>
+        <v>2009</v>
       </c>
       <c r="F98">
-        <v>5</v>
+        <v>7</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="s">
         <v>6</v>
       </c>
       <c r="B99" t="s">
         <v>7</v>
       </c>
       <c r="C99" t="s">
         <v>21</v>
       </c>
       <c r="D99" s="2">
-        <v>41274</v>
+        <v>40908</v>
       </c>
       <c r="E99" s="3">
-        <v>2012</v>
+        <v>2011</v>
       </c>
       <c r="F99">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="s">
         <v>6</v>
       </c>
       <c r="B100" t="s">
         <v>7</v>
       </c>
       <c r="C100" t="s">
         <v>21</v>
       </c>
       <c r="D100" s="2">
-        <v>42004</v>
+        <v>41274</v>
       </c>
       <c r="E100" s="3">
-        <v>2014</v>
+        <v>2012</v>
       </c>
       <c r="F100">
         <v>6</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="s">
         <v>6</v>
       </c>
       <c r="B101" t="s">
         <v>7</v>
       </c>
       <c r="C101" t="s">
         <v>21</v>
       </c>
       <c r="D101" s="2">
-        <v>42735</v>
+        <v>42004</v>
       </c>
       <c r="E101" s="3">
-        <v>2016</v>
+        <v>2014</v>
       </c>
       <c r="F101">
         <v>6</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="s">
         <v>6</v>
       </c>
       <c r="B102" t="s">
         <v>7</v>
       </c>
       <c r="C102" t="s">
         <v>21</v>
       </c>
       <c r="D102" s="2">
-        <v>42955</v>
+        <v>42735</v>
       </c>
       <c r="E102" s="3">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="F102">
-        <v>8</v>
+        <v>6</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="s">
         <v>6</v>
       </c>
       <c r="B103" t="s">
         <v>7</v>
       </c>
       <c r="C103" t="s">
         <v>21</v>
       </c>
       <c r="D103" s="2">
-        <v>43100</v>
+        <v>42955</v>
       </c>
       <c r="E103" s="3">
         <v>2017</v>
       </c>
       <c r="F103">
         <v>8</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="s">
         <v>6</v>
       </c>
       <c r="B104" t="s">
         <v>7</v>
       </c>
       <c r="C104" t="s">
         <v>21</v>
       </c>
       <c r="D104" s="2">
-        <v>44561</v>
+        <v>43100</v>
       </c>
       <c r="E104" s="3">
-        <v>2021</v>
+        <v>2017</v>
       </c>
       <c r="F104">
-        <v>6</v>
+        <v>8</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" t="s">
         <v>6</v>
       </c>
       <c r="B105" t="s">
         <v>7</v>
       </c>
       <c r="C105" t="s">
         <v>21</v>
       </c>
       <c r="D105" s="2">
-        <v>45291</v>
+        <v>44561</v>
       </c>
       <c r="E105" s="3">
-        <v>2023</v>
+        <v>2021</v>
       </c>
       <c r="F105">
-        <v>5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="s">
         <v>6</v>
       </c>
       <c r="B106" t="s">
         <v>7</v>
       </c>
       <c r="C106" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D106" s="2">
-        <v>42369</v>
+        <v>45291</v>
       </c>
       <c r="E106" s="3">
-        <v>2015</v>
+        <v>2023</v>
       </c>
       <c r="F106">
-        <v>9</v>
+        <v>5</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" t="s">
         <v>6</v>
       </c>
       <c r="B107" t="s">
         <v>7</v>
       </c>
       <c r="C107" t="s">
         <v>22</v>
       </c>
       <c r="D107" s="2">
-        <v>44561</v>
+        <v>42369</v>
       </c>
       <c r="E107" s="3">
-        <v>2021</v>
+        <v>2015</v>
       </c>
       <c r="F107">
-        <v>13</v>
+        <v>9</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="s">
         <v>6</v>
       </c>
       <c r="B108" t="s">
         <v>7</v>
       </c>
       <c r="C108" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="D108" s="2">
-        <v>41274</v>
+        <v>44561</v>
       </c>
       <c r="E108" s="3">
-        <v>2012</v>
+        <v>2021</v>
       </c>
       <c r="F108">
-        <v>10</v>
+        <v>13</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" t="s">
         <v>6</v>
       </c>
       <c r="B109" t="s">
         <v>7</v>
       </c>
       <c r="C109" t="s">
         <v>23</v>
       </c>
       <c r="D109" s="2">
-        <v>42735</v>
+        <v>41274</v>
       </c>
       <c r="E109" s="3">
-        <v>2016</v>
+        <v>2012</v>
       </c>
       <c r="F109">
-        <v>9</v>
+        <v>10</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="s">
         <v>6</v>
       </c>
       <c r="B110" t="s">
         <v>7</v>
       </c>
       <c r="C110" t="s">
         <v>23</v>
       </c>
       <c r="D110" s="2">
-        <v>44926</v>
+        <v>42735</v>
       </c>
       <c r="E110" s="3">
-        <v>2022</v>
+        <v>2016</v>
       </c>
       <c r="F110">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="s">
         <v>6</v>
       </c>
       <c r="B111" t="s">
         <v>7</v>
       </c>
       <c r="C111" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="D111" s="2">
-        <v>35430</v>
+        <v>44926</v>
       </c>
       <c r="E111" s="3">
-        <v>1996</v>
+        <v>2022</v>
       </c>
       <c r="F111">
-        <v>7</v>
+        <v>12</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" t="s">
         <v>6</v>
       </c>
       <c r="B112" t="s">
         <v>7</v>
       </c>
       <c r="C112" t="s">
         <v>24</v>
       </c>
       <c r="D112" s="2">
-        <v>35795</v>
+        <v>35430</v>
       </c>
       <c r="E112" s="3">
-        <v>1997</v>
+        <v>1996</v>
       </c>
       <c r="F112">
-        <v>5</v>
+        <v>7</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" t="s">
         <v>6</v>
       </c>
       <c r="B113" t="s">
         <v>7</v>
       </c>
       <c r="C113" t="s">
         <v>24</v>
       </c>
       <c r="D113" s="2">
-        <v>36160</v>
+        <v>35795</v>
       </c>
       <c r="E113" s="3">
-        <v>1998</v>
+        <v>1997</v>
       </c>
       <c r="F113">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" t="s">
         <v>6</v>
       </c>
       <c r="B114" t="s">
         <v>7</v>
       </c>
       <c r="C114" t="s">
         <v>24</v>
       </c>
       <c r="D114" s="2">
-        <v>36525</v>
+        <v>36160</v>
       </c>
       <c r="E114" s="3">
-        <v>1999</v>
+        <v>1998</v>
       </c>
       <c r="F114">
-        <v>7</v>
+        <v>6</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" t="s">
         <v>6</v>
       </c>
       <c r="B115" t="s">
         <v>7</v>
       </c>
       <c r="C115" t="s">
         <v>24</v>
       </c>
       <c r="D115" s="2">
-        <v>36891</v>
+        <v>36525</v>
       </c>
       <c r="E115" s="3">
-        <v>2000</v>
+        <v>1999</v>
       </c>
       <c r="F115">
-        <v>5</v>
+        <v>7</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" t="s">
         <v>6</v>
       </c>
       <c r="B116" t="s">
         <v>7</v>
       </c>
       <c r="C116" t="s">
         <v>24</v>
       </c>
       <c r="D116" s="2">
-        <v>37256</v>
+        <v>36891</v>
       </c>
       <c r="E116" s="3">
-        <v>2001</v>
+        <v>2000</v>
       </c>
       <c r="F116">
         <v>5</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" t="s">
         <v>6</v>
       </c>
       <c r="B117" t="s">
         <v>7</v>
       </c>
       <c r="C117" t="s">
         <v>24</v>
       </c>
       <c r="D117" s="2">
-        <v>37621</v>
+        <v>37256</v>
       </c>
       <c r="E117" s="3">
-        <v>2002</v>
+        <v>2001</v>
       </c>
       <c r="F117">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" t="s">
         <v>6</v>
       </c>
       <c r="B118" t="s">
         <v>7</v>
       </c>
       <c r="C118" t="s">
         <v>24</v>
       </c>
       <c r="D118" s="2">
-        <v>37986</v>
+        <v>37621</v>
       </c>
       <c r="E118" s="3">
-        <v>2003</v>
+        <v>2002</v>
       </c>
       <c r="F118">
-        <v>5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" t="s">
         <v>6</v>
       </c>
       <c r="B119" t="s">
         <v>7</v>
       </c>
       <c r="C119" t="s">
         <v>24</v>
       </c>
       <c r="D119" s="2">
-        <v>38352</v>
+        <v>37986</v>
       </c>
       <c r="E119" s="3">
-        <v>2004</v>
+        <v>2003</v>
       </c>
       <c r="F119">
         <v>5</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" t="s">
         <v>6</v>
       </c>
       <c r="B120" t="s">
         <v>7</v>
       </c>
       <c r="C120" t="s">
         <v>24</v>
       </c>
       <c r="D120" s="2">
-        <v>38717</v>
+        <v>38352</v>
       </c>
       <c r="E120" s="3">
-        <v>2005</v>
+        <v>2004</v>
       </c>
       <c r="F120">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" t="s">
         <v>6</v>
       </c>
       <c r="B121" t="s">
         <v>7</v>
       </c>
       <c r="C121" t="s">
         <v>24</v>
       </c>
       <c r="D121" s="2">
-        <v>39082</v>
+        <v>38717</v>
       </c>
       <c r="E121" s="3">
-        <v>2006</v>
+        <v>2005</v>
       </c>
       <c r="F121">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" t="s">
         <v>6</v>
       </c>
       <c r="B122" t="s">
         <v>7</v>
       </c>
       <c r="C122" t="s">
         <v>24</v>
       </c>
       <c r="D122" s="2">
-        <v>39447</v>
+        <v>39082</v>
       </c>
       <c r="E122" s="3">
-        <v>2007</v>
+        <v>2006</v>
       </c>
       <c r="F122">
         <v>6</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" t="s">
         <v>6</v>
       </c>
       <c r="B123" t="s">
         <v>7</v>
       </c>
       <c r="C123" t="s">
         <v>24</v>
       </c>
       <c r="D123" s="2">
-        <v>39813</v>
+        <v>39447</v>
       </c>
       <c r="E123" s="3">
-        <v>2008</v>
+        <v>2007</v>
       </c>
       <c r="F123">
         <v>6</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" t="s">
         <v>6</v>
       </c>
       <c r="B124" t="s">
         <v>7</v>
       </c>
       <c r="C124" t="s">
         <v>24</v>
       </c>
       <c r="D124" s="2">
-        <v>40178</v>
+        <v>39813</v>
       </c>
       <c r="E124" s="3">
-        <v>2009</v>
+        <v>2008</v>
       </c>
       <c r="F124">
         <v>6</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" t="s">
         <v>6</v>
       </c>
       <c r="B125" t="s">
         <v>7</v>
       </c>
       <c r="C125" t="s">
         <v>24</v>
       </c>
       <c r="D125" s="2">
-        <v>40543</v>
+        <v>40178</v>
       </c>
       <c r="E125" s="3">
-        <v>2010</v>
+        <v>2009</v>
       </c>
       <c r="F125">
-        <v>5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" t="s">
         <v>6</v>
       </c>
       <c r="B126" t="s">
         <v>7</v>
       </c>
       <c r="C126" t="s">
         <v>24</v>
       </c>
       <c r="D126" s="2">
-        <v>40908</v>
+        <v>40543</v>
       </c>
       <c r="E126" s="3">
-        <v>2011</v>
+        <v>2010</v>
       </c>
       <c r="F126">
         <v>5</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" t="s">
         <v>6</v>
       </c>
       <c r="B127" t="s">
         <v>7</v>
       </c>
       <c r="C127" t="s">
         <v>24</v>
       </c>
       <c r="D127" s="2">
-        <v>41274</v>
+        <v>40908</v>
       </c>
       <c r="E127" s="3">
-        <v>2012</v>
+        <v>2011</v>
       </c>
       <c r="F127">
         <v>5</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" t="s">
         <v>6</v>
       </c>
       <c r="B128" t="s">
         <v>7</v>
       </c>
       <c r="C128" t="s">
         <v>24</v>
       </c>
       <c r="D128" s="2">
-        <v>41639</v>
+        <v>41274</v>
       </c>
       <c r="E128" s="3">
-        <v>2013</v>
+        <v>2012</v>
       </c>
       <c r="F128">
         <v>5</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" t="s">
         <v>6</v>
       </c>
       <c r="B129" t="s">
         <v>7</v>
       </c>
       <c r="C129" t="s">
         <v>24</v>
       </c>
       <c r="D129" s="2">
-        <v>42004</v>
+        <v>41639</v>
       </c>
       <c r="E129" s="3">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="F129">
         <v>5</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" t="s">
         <v>6</v>
       </c>
       <c r="B130" t="s">
         <v>7</v>
       </c>
       <c r="C130" t="s">
         <v>24</v>
       </c>
       <c r="D130" s="2">
+        <v>42004</v>
+      </c>
+      <c r="E130" s="3">
+        <v>2014</v>
+      </c>
+      <c r="F130">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="131">
+      <c r="A131" t="s">
+        <v>6</v>
+      </c>
+      <c r="B131" t="s">
+        <v>7</v>
+      </c>
+      <c r="C131" t="s">
+        <v>24</v>
+      </c>
+      <c r="D131" s="2">
         <v>45291</v>
       </c>
-      <c r="E130" s="3">
+      <c r="E131" s="3">
         <v>2023</v>
       </c>
-      <c r="F130">
+      <c r="F131">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.69999999999999996" right="0.69999999999999996" top="0.75" bottom="0.75" header="0.29999999999999999" footer="0.29999999999999999"/>
   <pageSetup orientation="portrait" scale="100" paperSize="9" fitToWidth="0" fitToHeight="0" horizontalDpi="0" verticalDpi="0" copies="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>GemBox.Spreadsheet</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>